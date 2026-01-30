--- v0 (2025-12-06)
+++ v1 (2026-01-30)
@@ -12,251 +12,122 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
   <si>
     <t>JANコード</t>
   </si>
   <si>
     <t>商品名</t>
   </si>
   <si>
     <t>情報公開日</t>
   </si>
   <si>
-    <t>すみっコぐらし　ボディスポンジ３　しろくま</t>
-[...5 lines deleted...]
-    <t>ＦＵＮＳ　Ｌｕｘｕｒｙ柔軟剤Ｎｏ９２詰替</t>
+    <t>パンパース　通気性プラス　パンツ　ビッグサイズ</t>
+  </si>
+  <si>
+    <t>2026年01月27日</t>
+  </si>
+  <si>
+    <t>デオウエットヘッドケアシート</t>
+  </si>
+  <si>
+    <t>レノア　オードリュクス　シダーウッド＆ベルガモットハーブの香り　本体</t>
+  </si>
+  <si>
+    <t>虫よけビーズ２　１８０日用ハッカの香り</t>
+  </si>
+  <si>
+    <t>ＦＡ　ファインフレグランス　ボーテ８４０Ｍ替</t>
+  </si>
+  <si>
+    <t>2026年01月13日</t>
+  </si>
+  <si>
+    <t>緑の魔女　ランドリー　柔軟剤入り　詰替え</t>
+  </si>
+  <si>
+    <t>スキンライフ　薬用化粧水</t>
+  </si>
+  <si>
+    <t>2026年01月06日</t>
+  </si>
+  <si>
+    <t>ジョイＰＲＯ洗浄まとめ洗い用逆さボトル</t>
   </si>
   <si>
     <t>ジョイＰＲＯ洗浄すぐ洗い用本体</t>
   </si>
   <si>
-    <t>シュミテクト　やさしくホワイトニングＥＸ〈１４５０ｐｐｍ〉</t>
-[...176 lines deleted...]
-    <t>野菜鮮用保存袋</t>
+    <t>ジョイＰＲＯ洗浄まとめ洗い用本体</t>
+  </si>
+  <si>
+    <t>センターインハッピーキャッチ多い夜用１８枚</t>
+  </si>
+  <si>
+    <t>ナイスハンドポイ　（ポリエチレン製）</t>
+  </si>
+  <si>
+    <t>香りつづくトップ　抗菌プラス　シャイニーローズ　つめかえ</t>
+  </si>
+  <si>
+    <t>ホッカイロ　靴下用</t>
+  </si>
+  <si>
+    <t>きき湯清涼炭酸湯　樹々そよぐ涼風の香り</t>
+  </si>
+  <si>
+    <t>トップ　クリアリキッド　抗菌　つめかえ用</t>
+  </si>
+  <si>
+    <t>新赤貝　長刃</t>
+  </si>
+  <si>
+    <t>新長刃α　ＬＧα－１０Ｂ１</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -562,731 +433,269 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C61"/>
+  <dimension ref="A1:C19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B61" sqref="B61"/>
+      <selection activeCell="B19" sqref="B19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="1"/>
-    <col min="2" max="2" width="107.26" bestFit="true" customWidth="true" style="2"/>
+    <col min="2" max="2" width="81.266" bestFit="true" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1">
-        <v>4525636322747</v>
+        <v>4987176238894</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1">
-        <v>4902050210490</v>
+        <v>4972453415662</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C3" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1">
-        <v>4987176229243</v>
+        <v>4987176278128</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1">
-        <v>4987977000690</v>
+        <v>4995860518016</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1">
-        <v>4903111503629</v>
+        <v>4902135670218</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C6" t="s">
-        <v>4</v>
+        <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1">
-        <v>4987176312624</v>
+        <v>4902875121216</v>
       </c>
       <c r="B7" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="C7" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1">
-        <v>4902011890099</v>
+        <v>4901525010276</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C8" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1">
-        <v>4995860518047</v>
+        <v>4987176229281</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C9" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1">
-        <v>4902011890501</v>
+        <v>4987176229243</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C10" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1">
-        <v>4902111768823</v>
+        <v>4987176229229</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C11" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1">
-        <v>4903111579648</v>
+        <v>4903111373673</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C12" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1">
-        <v>4903301723868</v>
+        <v>4901792141208</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C13" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1">
-        <v>4904178121009</v>
+        <v>4903301355717</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C14" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1">
-        <v>4956810803156</v>
+        <v>4987067828104</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C15" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1">
-        <v>4976680278359</v>
+        <v>4548514062191</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C16" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1">
-        <v>4987046200372</v>
+        <v>4903301355687</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C17" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1">
-        <v>4987072090633</v>
+        <v>4901331007453</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C18" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1">
-        <v>4987072091814</v>
+        <v>4901331007446</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C19" t="s">
-        <v>10</v>
-[...461 lines deleted...]
-        <v>59</v>
+        <v>12</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>