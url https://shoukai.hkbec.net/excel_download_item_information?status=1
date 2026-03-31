--- v1 (2026-01-30)
+++ v2 (2026-03-31)
@@ -12,122 +12,140 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>JANコード</t>
   </si>
   <si>
     <t>商品名</t>
   </si>
   <si>
     <t>情報公開日</t>
   </si>
   <si>
-    <t>パンパース　通気性プラス　パンツ　ビッグサイズ</t>
-[...20 lines deleted...]
-    <t>緑の魔女　ランドリー　柔軟剤入り　詰替え</t>
+    <t>Ｔｉｐｏ’ｓ　超はっ水剤弾き！トイレ用　本体</t>
+  </si>
+  <si>
+    <t>2026年03月31日</t>
+  </si>
+  <si>
+    <t>クリネックスシスティピンク</t>
+  </si>
+  <si>
+    <t>グレード　消臭センサー＆スプレー　フレッシュフローラル　つけかえ用２個パック</t>
+  </si>
+  <si>
+    <t>ＣＨＡＲＭＹ　Ｍａｇｉｃａ（チャーミーマジカ）酵素＋（プラス）オレンジの香り　つめかえ用　特大サイズ　１０２０ＭＬ</t>
+  </si>
+  <si>
+    <t>2026年03月23日</t>
+  </si>
+  <si>
+    <t>ＣＨＡＲＭＹ（チャーミー）泡のチカラ　手肌プレミアム　つめかえ用大型サイズ</t>
+  </si>
+  <si>
+    <t>ＣＨＡＲＭＹ　Ｍａｇｉｃａ（チャーミーマジカ）速乾＋（プラス）カラッと除菌　シトラスミントの香り　つめかえ用特大サイズ</t>
+  </si>
+  <si>
+    <t>レノア　超消臭　１ｗｅｅｋ　みずみずしく香るフローラル＆ピーチの香り　詰替え　特大サイズ</t>
+  </si>
+  <si>
+    <t>カウブランド　赤箱</t>
+  </si>
+  <si>
+    <t>トイレの消臭元　やすらぎそよぐラベンダー</t>
+  </si>
+  <si>
+    <t>虫よけバリアブラック３Ｘパワーアミ戸用１年</t>
+  </si>
+  <si>
+    <t>虫よけバリアブラック３Ｘパワーアミ戸用２６０日</t>
+  </si>
+  <si>
+    <t>ＦＡ　ファインフレグランス　シエル８４０Ｍ替</t>
+  </si>
+  <si>
+    <t>ファーファファインフレグランス　オム本体</t>
+  </si>
+  <si>
+    <t>はるオンパックス３０Ｐ</t>
+  </si>
+  <si>
+    <t>ロッシモイストエイド　尿素スキンクリーム</t>
+  </si>
+  <si>
+    <t>2026年03月16日</t>
+  </si>
+  <si>
+    <t>アクアフレッシュクリアミント</t>
+  </si>
+  <si>
+    <t>食洗機用ジョイ　除菌　詰替特大　９３０Ｇ</t>
+  </si>
+  <si>
+    <t>スキンライフ　薬用　洗顔フォーム</t>
+  </si>
+  <si>
+    <t>ロッシモイストエイド　馬油ナチュラルミルクローション</t>
+  </si>
+  <si>
+    <t>2026年03月09日</t>
+  </si>
+  <si>
+    <t>ボールド　ジェルボール４Ｄ　心安らぐホワイトラベンダー＆ジャスミンの香り　本体</t>
   </si>
   <si>
     <t>スキンライフ　薬用化粧水</t>
   </si>
   <si>
-    <t>2026年01月06日</t>
-[...17 lines deleted...]
-    <t>香りつづくトップ　抗菌プラス　シャイニーローズ　つめかえ</t>
+    <t>ファーファ　ファインフレグランス　ファブリックミスト　ボーテ３００ｍｌ本体</t>
   </si>
   <si>
     <t>ホッカイロ　靴下用</t>
-  </si>
-[...10 lines deleted...]
-    <t>新長刃α　ＬＧα－１０Ｂ１</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -433,269 +451,324 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C19"/>
+  <dimension ref="A1:C24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B19" sqref="B19"/>
+      <selection activeCell="B24" sqref="B24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="1"/>
-    <col min="2" max="2" width="81.266" bestFit="true" customWidth="true" style="2"/>
+    <col min="2" max="2" width="140.252" bestFit="true" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1">
-        <v>4987176238894</v>
+        <v>4516825006203</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1">
-        <v>4972453415662</v>
+        <v>4901750251178</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C3" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1">
-        <v>4987176278128</v>
+        <v>4901609015388</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1">
-        <v>4995860518016</v>
+        <v>4903301364870</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C5" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1">
-        <v>4902135670218</v>
+        <v>4903301364733</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1">
-        <v>4902875121216</v>
+        <v>4903301364429</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C7" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1">
-        <v>4901525010276</v>
+        <v>4987176312396</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C8" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1">
-        <v>4987176229281</v>
+        <v>4901525010924</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C9" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1">
-        <v>4987176229243</v>
+        <v>4987072029619</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C10" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1">
-        <v>4987176229229</v>
+        <v>4902424447743</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C11" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1">
-        <v>4903111373673</v>
+        <v>4902424447736</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C12" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1">
-        <v>4901792141208</v>
+        <v>4902135670195</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C13" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1">
-        <v>4903301355717</v>
+        <v>4902135113531</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C14" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1">
-        <v>4987067828104</v>
+        <v>4902899450057</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C15" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1">
-        <v>4548514062191</v>
+        <v>4936201107759</v>
       </c>
       <c r="B16" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C16" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1">
-        <v>4903301355687</v>
+        <v>4901080753212</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C17" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1">
-        <v>4901331007453</v>
+        <v>4902430777537</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C18" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1">
-        <v>4901331007446</v>
+        <v>4901525010245</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C19" t="s">
-        <v>12</v>
+        <v>20</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1">
+        <v>4936201107773</v>
+      </c>
+      <c r="B20" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C20" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1">
+        <v>4987176292698</v>
+      </c>
+      <c r="B21" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C21" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1">
+        <v>4901525010276</v>
+      </c>
+      <c r="B22" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C22" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1">
+        <v>4902135411361</v>
+      </c>
+      <c r="B23" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="C23" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1">
+        <v>4987067828104</v>
+      </c>
+      <c r="B24" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C24" t="s">
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>