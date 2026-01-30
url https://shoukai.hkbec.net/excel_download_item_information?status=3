--- v0 (2025-12-06)
+++ v1 (2026-01-30)
@@ -12,299 +12,425 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
     <t>JANコード</t>
   </si>
   <si>
     <t>商品名</t>
   </si>
   <si>
     <t>廃番日</t>
   </si>
   <si>
     <t>後継品JAN</t>
   </si>
   <si>
     <t>後継品商品名</t>
   </si>
   <si>
     <t>後継品発売日</t>
   </si>
   <si>
     <t>情報公開日</t>
   </si>
   <si>
-    <t>デントヘルス　薬用ハミガキ　しみるブロック</t>
+    <t>キチントさん　クッキングシート</t>
+  </si>
+  <si>
+    <t>2026年02月28日</t>
+  </si>
+  <si>
+    <t>2026年01月27日</t>
+  </si>
+  <si>
+    <t>クルマの消臭力　Ｐｒｅｍｉｕｍ　Ａｒｏｍａ　ゲルタイプ　グレイスボーテ</t>
+  </si>
+  <si>
+    <t>クルマの消臭力　Ｐｒｅｍｉｕｍ　Ａｒｏｍａ　ゲルタイプ　ムーンライトシャボン</t>
+  </si>
+  <si>
+    <t>消臭力　コンパクト　トイレ用　つけかえ２個セット　リフレッシュサボン</t>
+  </si>
+  <si>
+    <t>消臭力　コンパクト　トイレ用　つけかえ２個セット　シルキーブーケ</t>
+  </si>
+  <si>
+    <t>ファミリー　ビニールうす手　ロング　腕カバー付き　指先抗ウイルス加工　Ｍ　ピンク</t>
+  </si>
+  <si>
+    <t>キチントさん　マチ付きフリーザーバッグ　Ｌ</t>
+  </si>
+  <si>
+    <t>キチントさん　マチ付きフリーザーバッグ　Ｍ</t>
+  </si>
+  <si>
+    <t>キチントさん　マチ付きフリーザーバッグ　Ｓ</t>
+  </si>
+  <si>
+    <t>キチントさん　フライパン用ホイルシート　３０Ｘ７M</t>
+  </si>
+  <si>
+    <t>キチントさん　フライパン用ホイルシート　２５Ｘ７M</t>
+  </si>
+  <si>
+    <t>ヴィートリッチバスタイム除毛クリームしっかり除毛</t>
+  </si>
+  <si>
+    <t>キチントさん　フライパン用ホイルシート　２５Ｘ３M</t>
+  </si>
+  <si>
+    <t>キチントさん　クッキングシート　ミニ</t>
+  </si>
+  <si>
+    <t>ファブリーズ　玄関用消臭剤　フレンチ・リネン＆ジャスミン　詰替え</t>
+  </si>
+  <si>
+    <t>2026年02月13日</t>
+  </si>
+  <si>
+    <t>レノアアロマジュエル　アンティークローズ＆フローラルの香り　詰替え　超特大サイズ</t>
+  </si>
+  <si>
+    <t>ファブリーズ　玄関用消臭剤＋抗菌　フレンチリネン＆ソープ　本体＋詰替え</t>
+  </si>
+  <si>
+    <t>ファブリーズ　玄関用消臭剤　フレンチ・リネン＆ジャスミン　本体＋詰替え</t>
+  </si>
+  <si>
+    <t>ファブリーズ　玄関用消臭剤＋抗菌　フレンチリネン＆ソープ　本体</t>
+  </si>
+  <si>
+    <t>ファブリーズ　玄関用消臭剤　ホワイト・ティー＆リリー　詰替え</t>
+  </si>
+  <si>
+    <t>ファブリーズ　トイレ用消臭剤　ベルガモットウッド　本体＋詰替え２個パック</t>
+  </si>
+  <si>
+    <t>ファブリーズ　トイレ用消臭剤　ホワイトフローラル　本体＋詰替え２個パック</t>
+  </si>
+  <si>
+    <t>レノアアロマジュエル　パステルフローラル＆ブロッサムの香り　詰替え　特大サイズ</t>
+  </si>
+  <si>
+    <t>ファブリーズ　トイレ用消臭剤　パッションアンバー　本体＋詰替え２個パック</t>
+  </si>
+  <si>
+    <t>レノアアロマジュエル　ブルーミングブロッサムの香り　詰替え　超特大サイズ</t>
+  </si>
+  <si>
+    <t>レノア　アロマジュエル　ミスティローズ＆フローラルの香り　本体</t>
+  </si>
+  <si>
+    <t>レノア　アロマジュエル　パステルフローラル＆ブロッサムの香り　本体</t>
+  </si>
+  <si>
+    <t>レノアアロマジュエル　パステルフローラル＆ブロッサムの香り　詰替え　超特大サイズ</t>
+  </si>
+  <si>
+    <t>ファブリーズ　玄関用消臭剤　ホワイト・ティー＆リリー　本体＋詰替え</t>
+  </si>
+  <si>
+    <t>レノア　アロマジュエル　ブルーミングブロッサムの香り　本体</t>
+  </si>
+  <si>
+    <t>レノアアロマジュエル　アンティークローズ＆フローラルの香り　詰替え　特大サイズ</t>
+  </si>
+  <si>
+    <t>イヤな虫ムエンダー６０プッシュ</t>
+  </si>
+  <si>
+    <t>2026年02月01日</t>
+  </si>
+  <si>
+    <t>アイスノン　極冷えボディシート　せっけんの香り</t>
+  </si>
+  <si>
+    <t>2026年01月31日</t>
+  </si>
+  <si>
+    <t>フマキラーワンショット未来６０回</t>
+  </si>
+  <si>
+    <t>2026年01月20日</t>
+  </si>
+  <si>
+    <t>スキンベープミスト</t>
+  </si>
+  <si>
+    <t>レノア　オードリュクス　シダーウッド＆ベルガモットハーブの香り　特大サイズ</t>
+  </si>
+  <si>
+    <t>フィニッシュパワー＆ピュア　大型</t>
+  </si>
+  <si>
+    <t>2026年01月19日</t>
+  </si>
+  <si>
+    <t>ＨＥＲＳバスラボクール　ＳＰＡＲＫＬＩＮＧ　ＳＵＭＭＥＲ　１２錠入</t>
   </si>
   <si>
     <t>2025年10月31日</t>
   </si>
   <si>
-    <t>2025年12月02日</t>
-[...32 lines deleted...]
-    <t>ムーニー低刺激Ｓ</t>
+    <t>救急ばんそうこう　キミとアイドルプリキュア♪</t>
+  </si>
+  <si>
+    <t>2026年01月07日</t>
+  </si>
+  <si>
+    <t>ＤＮ　プラスチックカップ２２０ＭＬ</t>
+  </si>
+  <si>
+    <t>2025年12月18日</t>
+  </si>
+  <si>
+    <t>洗剤能力　ＰＲＯ　スプレー　本体　５００ｍｌ</t>
+  </si>
+  <si>
+    <t>2025年12月26日</t>
+  </si>
+  <si>
+    <t>2026年01月13日</t>
+  </si>
+  <si>
+    <t>バスクリン　薬湯　じんわり保温感</t>
+  </si>
+  <si>
+    <t>2025年10月14日</t>
+  </si>
+  <si>
+    <t>きき湯ファインヒート　グレープフルーツの香り</t>
+  </si>
+  <si>
+    <t>2025年10月10日</t>
   </si>
   <si>
     <t>きき湯ファインヒート　レモングラスの香り</t>
   </si>
   <si>
     <t>2025年09月30日</t>
   </si>
   <si>
     <t>大人のバスクリン　魅惑のピンクレモンの香り</t>
   </si>
   <si>
+    <t>きき湯清涼炭酸湯　すっきりミントの香り　３６０ｇ</t>
+  </si>
+  <si>
+    <t>2025年08月08日</t>
+  </si>
+  <si>
+    <t>バスクリンクール　レモンライムの香り</t>
+  </si>
+  <si>
+    <t>きき湯清涼炭酸湯　さわやかレモンの香り　３６０ｇ</t>
+  </si>
+  <si>
+    <t>2025年07月25日</t>
+  </si>
+  <si>
+    <t>いち髪　ダメージリペア＆カラーケア　シャンプー　詰替用２回分</t>
+  </si>
+  <si>
+    <t>2026年01月30日</t>
+  </si>
+  <si>
+    <t>2026年02月02日</t>
+  </si>
+  <si>
+    <t>2026年01月06日</t>
+  </si>
+  <si>
+    <t>いち髪　なめらかスムースケア　トリートメント</t>
+  </si>
+  <si>
+    <t>いち髪　濃密Ｗ保湿ケア　トリートメント</t>
+  </si>
+  <si>
+    <t>いち髪　なめらかスムースケアシャンプー　詰替用</t>
+  </si>
+  <si>
+    <t>いち髪　なめらかスムースケア　シャンプー　詰替用</t>
+  </si>
+  <si>
+    <t>いち髪　なめらかスムースケアコンディショナー詰替用</t>
+  </si>
+  <si>
+    <t>いち髪　なめらかスムースケア　コンディショナー　詰替用</t>
+  </si>
+  <si>
+    <t>いち髪　濃密Ｗ保湿ケアシャンプー　詰替用</t>
+  </si>
+  <si>
+    <t>いち髪　濃密Ｗ保湿ケア　シャンプー　詰替用</t>
+  </si>
+  <si>
+    <t>いち髪　濃密Ｗ保湿ケアコンディショナー　詰替用</t>
+  </si>
+  <si>
+    <t>いち髪　濃密Ｗ保湿ケア　コンディショナー　詰替用</t>
+  </si>
+  <si>
+    <t>いち髪　なめらかスムースケアシャンプー詰替用２回分</t>
+  </si>
+  <si>
+    <t>いち髪　なめらかスムースケア　シャンプー　詰替用２回分</t>
+  </si>
+  <si>
+    <t>いち髪　なめらかスムースケアコンディショナー詰替用２回分</t>
+  </si>
+  <si>
+    <t>いち髪　なめらかスムースケア　コンディショナー　詰替用２回分</t>
+  </si>
+  <si>
+    <t>いち髪　濃密Ｗ保湿ケアシャンプー詰替用２回分</t>
+  </si>
+  <si>
+    <t>いち髪　濃密Ｗ保湿ケア　シャンプー　詰替用２回分</t>
+  </si>
+  <si>
+    <t>いち髪　濃密Ｗ保湿ケアコンディショナー詰替用２回分</t>
+  </si>
+  <si>
+    <t>いち髪　濃密Ｗ保湿ケア　コンディショナー　詰替用２回分</t>
+  </si>
+  <si>
+    <t>いち髪　ダメージリペア＆カラーケア　シャンプー　詰替用</t>
+  </si>
+  <si>
+    <t>いち髪　ダメージリペア＆カラーケア　コンディショナー　詰替用</t>
+  </si>
+  <si>
+    <t>いち髪　ダメージリペア＆カラーケア　コンディショナー　詰替用２回分</t>
+  </si>
+  <si>
+    <t>ティアリス　ハンド＆ネイルクリーム　スウィートマカロンの香り</t>
+  </si>
+  <si>
+    <t>虫よけビーズ２つめかえ用レモンの香り</t>
+  </si>
+  <si>
+    <t>2025年12月04日</t>
+  </si>
+  <si>
+    <t>すみっコぐらし　ボディスポンジ３　しろくま</t>
+  </si>
+  <si>
+    <t>2025年11月26日</t>
+  </si>
+  <si>
+    <t>ＦＵＮＳ　Ｌｕｘｕｒｙ柔軟剤Ｎｏ９２詰替</t>
+  </si>
+  <si>
     <t>2025年11月25日</t>
   </si>
   <si>
-    <t>ナイスハンドポイ　（ポリエチレン製）</t>
-[...170 lines deleted...]
-    <t>2024年10月31日</t>
+    <t>キミとアイドルプリキュア♪</t>
+  </si>
+  <si>
+    <t>2025年02月28日</t>
+  </si>
+  <si>
+    <t>クールネックリング　ピンク２ＷＡＹ　Ｍ</t>
+  </si>
+  <si>
+    <t>マイクロファイバー大判厚手２０×３０</t>
+  </si>
+  <si>
+    <t>毎日清潔不織布パッド　パック重曹配合</t>
+  </si>
+  <si>
+    <t>毎日清潔不織布パッド　パッククエン酸配合</t>
+  </si>
+  <si>
+    <t>毎日清潔不織布パッド　パック洗剤配合</t>
+  </si>
+  <si>
+    <t>毎日清潔不織布パッド　パックサポニン配合</t>
+  </si>
+  <si>
+    <t>毎日とりかえスポンジ</t>
+  </si>
+  <si>
+    <t>クールネックリング　ベージュ無地　Ｓ</t>
+  </si>
+  <si>
+    <t>クールネックリング　マットグレー無地　Ｍ</t>
+  </si>
+  <si>
+    <t>クールネックリング　オレンジ２ＷＡＹ　Ｍ</t>
+  </si>
+  <si>
+    <t>クールネックリング　ブルー無地　Ｌ</t>
+  </si>
+  <si>
+    <t>クールネックリング　ホワイト極細　ＭＬ</t>
+  </si>
+  <si>
+    <t>リード　クッキングペーパー　レギュラー</t>
+  </si>
+  <si>
+    <t>2025年12月15日</t>
+  </si>
+  <si>
+    <t>リード　クッキングペーパー　スマートタイプ</t>
+  </si>
+  <si>
+    <t>リード　クッキングペーパー　ダブル</t>
+  </si>
+  <si>
+    <t>ドラデスパワーまとめて一掃</t>
+  </si>
+  <si>
+    <t>2025年12月31日</t>
+  </si>
+  <si>
+    <t>ドラデスパワー速効プレミアム</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -610,775 +736,1353 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G36"/>
+  <dimension ref="A1:G85"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F32" sqref="F32"/>
+      <selection activeCell="F63" sqref="F63"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="1"/>
-    <col min="2" max="2" width="97.833" bestFit="true" customWidth="true" style="2"/>
+    <col min="2" max="2" width="95.405" bestFit="true" customWidth="true" style="2"/>
     <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="2"/>
     <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="1"/>
     <col min="5" max="5" width="78.981" bestFit="true" customWidth="true" style="2"/>
     <col min="6" max="6" width="17.567" bestFit="true" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1">
-        <v>4903301249047</v>
+        <v>4901422324452</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>8</v>
       </c>
       <c r="G2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1">
-        <v>4903111157907</v>
+        <v>4901070129560</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="G3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1">
-        <v>4902407025197</v>
+        <v>4901070130603</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="G4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1">
-        <v>4903111517879</v>
+        <v>4901070131631</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="G5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1">
-        <v>4903111241149</v>
+        <v>4901070131655</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>19</v>
-[...8 lines deleted...]
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="G6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1">
-        <v>4548514154544</v>
+        <v>4901070722433</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="G7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1">
-        <v>4548514157149</v>
+        <v>4901422335694</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="G8" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1">
-        <v>4901792141208</v>
+        <v>4901422335687</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="G9" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1">
-        <v>4548514153233</v>
+        <v>4901422335670</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="G10" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1">
-        <v>4548514154452</v>
+        <v>4901422325657</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>31</v>
+        <v>8</v>
       </c>
       <c r="G11" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1">
-        <v>4987176277268</v>
+        <v>4901422325633</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>33</v>
-[...8 lines deleted...]
-        <v>35</v>
+        <v>8</v>
       </c>
       <c r="G12" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1">
-        <v>4902430520300</v>
+        <v>4906156037920</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>38</v>
+        <v>8</v>
       </c>
       <c r="G13" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1">
-        <v>4903111161140</v>
+        <v>4901422325626</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>39</v>
+        <v>21</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>19</v>
-[...8 lines deleted...]
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="G14" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1">
-        <v>4903111589227</v>
+        <v>4901422324469</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>19</v>
-[...8 lines deleted...]
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="G15" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1">
-        <v>4903111584277</v>
+        <v>4987176263377</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>19</v>
-[...8 lines deleted...]
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="G16" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1">
-        <v>4903111582563</v>
+        <v>4987176242259</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>19</v>
-[...8 lines deleted...]
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="G17" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1">
-        <v>4903111528394</v>
+        <v>4987176263483</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>19</v>
-[...8 lines deleted...]
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="G18" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1">
-        <v>4903111528226</v>
+        <v>4987176263445</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>48</v>
+        <v>27</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>19</v>
-[...8 lines deleted...]
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="G19" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="1">
-        <v>4903111528165</v>
+        <v>4987176263469</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>19</v>
-[...8 lines deleted...]
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="G20" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="1">
-        <v>4903111528004</v>
+        <v>4987176263506</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>51</v>
+        <v>29</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>19</v>
-[...8 lines deleted...]
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="G21" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="1">
-        <v>4903111041046</v>
+        <v>4987176273185</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>52</v>
+        <v>30</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>19</v>
-[...8 lines deleted...]
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="G22" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="1">
-        <v>4903111512539</v>
+        <v>4987176273208</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>19</v>
-[...8 lines deleted...]
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="G23" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="1">
-        <v>4903111506439</v>
+        <v>4987176242198</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>19</v>
-[...8 lines deleted...]
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="G24" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="1">
-        <v>4903111368150</v>
+        <v>4987176273215</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>58</v>
+        <v>33</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>19</v>
-[...8 lines deleted...]
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="G25" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="1">
-        <v>4903111367979</v>
+        <v>4987176228673</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>60</v>
+        <v>34</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>19</v>
-[...8 lines deleted...]
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="G26" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="1">
-        <v>4903111367801</v>
+        <v>4987176293985</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>62</v>
+        <v>35</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>19</v>
-[...8 lines deleted...]
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="G27" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="1">
-        <v>4903111244911</v>
+        <v>4987176293992</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>64</v>
+        <v>36</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>19</v>
-[...8 lines deleted...]
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="G28" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="1">
-        <v>4903111141937</v>
+        <v>4987176242136</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>66</v>
+        <v>37</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>19</v>
-[...8 lines deleted...]
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="G29" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="1">
-        <v>4903111161560</v>
+        <v>4987176263490</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>68</v>
+        <v>38</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>19</v>
-[...8 lines deleted...]
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="G30" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="1">
-        <v>4903111158201</v>
+        <v>4987176294012</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>70</v>
+        <v>39</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>19</v>
-[...8 lines deleted...]
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="G31" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="1">
-        <v>4973202501063</v>
+        <v>4987176242143</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>72</v>
+        <v>40</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>73</v>
-[...8 lines deleted...]
-        <v>75</v>
+        <v>24</v>
       </c>
       <c r="G32" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="1">
-        <v>4903111452477</v>
+        <v>4987115521605</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>76</v>
+        <v>41</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>77</v>
+        <v>42</v>
       </c>
       <c r="G33" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="1">
-        <v>4903301302469</v>
+        <v>4902407024718</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>78</v>
+        <v>43</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="G34" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="1">
-        <v>4978406013855</v>
+        <v>4902424452051</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>79</v>
+        <v>45</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>80</v>
+        <v>46</v>
       </c>
       <c r="G35" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="1">
-        <v>4901451164814</v>
+        <v>4902424435726</v>
       </c>
       <c r="B36" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="C36" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="G36" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7">
+      <c r="A37" s="1">
+        <v>4987176278111</v>
+      </c>
+      <c r="B37" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="C37" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="G37" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7">
+      <c r="A38" s="1">
+        <v>4906156501445</v>
+      </c>
+      <c r="B38" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C38" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="G38" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7">
+      <c r="A39" s="1">
+        <v>4901559213483</v>
+      </c>
+      <c r="B39" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C39" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="G39" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7">
+      <c r="A40" s="1">
+        <v>4570118048530</v>
+      </c>
+      <c r="B40" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="C40" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="G40" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7">
+      <c r="A41" s="1">
+        <v>4975810180111</v>
+      </c>
+      <c r="B41" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="C41" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="G41" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7">
+      <c r="A42" s="1">
+        <v>4524963011010</v>
+      </c>
+      <c r="B42" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="C42" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="G42" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7">
+      <c r="A43" s="1">
+        <v>4548514153233</v>
+      </c>
+      <c r="B43" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="C43" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="G43" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7">
+      <c r="A44" s="1">
+        <v>4548514154452</v>
+      </c>
+      <c r="B44" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="C44" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="G44" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7">
+      <c r="A45" s="1">
+        <v>4548514154544</v>
+      </c>
+      <c r="B45" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="C45" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="G45" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7">
+      <c r="A46" s="1">
+        <v>4548514157149</v>
+      </c>
+      <c r="B46" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="C46" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="G46" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7">
+      <c r="A47" s="1">
+        <v>4548514062184</v>
+      </c>
+      <c r="B47" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="C47" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="G47" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7">
+      <c r="A48" s="1">
+        <v>4548514062238</v>
+      </c>
+      <c r="B48" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="C48" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="G48" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7">
+      <c r="A49" s="1">
+        <v>4548514062177</v>
+      </c>
+      <c r="B49" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="C49" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="G49" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7">
+      <c r="A50" s="1">
+        <v>4901417723352</v>
+      </c>
+      <c r="B50" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="C50" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="D50" s="1">
+        <v>4901417724052</v>
+      </c>
+      <c r="E50" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="F50" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="G50" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7">
+      <c r="A51" s="1">
+        <v>4901417615718</v>
+      </c>
+      <c r="B51" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="C51" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="D51" s="1">
+        <v>4901417619457</v>
+      </c>
+      <c r="E51" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="F51" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="G51" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7">
+      <c r="A52" s="1">
+        <v>4901417615725</v>
+      </c>
+      <c r="B52" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="C52" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="D52" s="1">
+        <v>4901417619464</v>
+      </c>
+      <c r="E52" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="F52" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="G52" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7">
+      <c r="A53" s="1">
+        <v>4901417722515</v>
+      </c>
+      <c r="B53" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="C53" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="D53" s="1">
+        <v>4901417723918</v>
+      </c>
+      <c r="E53" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="F53" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="G53" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7">
+      <c r="A54" s="1">
+        <v>4901417722522</v>
+      </c>
+      <c r="B54" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="C54" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="D54" s="1">
+        <v>4901417723925</v>
+      </c>
+      <c r="E54" s="2" t="s">
         <v>81</v>
       </c>
-      <c r="C36" s="2" t="s">
+      <c r="F54" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="G54" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7">
+      <c r="A55" s="1">
+        <v>4901417722539</v>
+      </c>
+      <c r="B55" s="2" t="s">
         <v>82</v>
       </c>
-      <c r="G36" t="s">
-        <v>36</v>
+      <c r="C55" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="D55" s="1">
+        <v>4901417723932</v>
+      </c>
+      <c r="E55" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="F55" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="G55" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7">
+      <c r="A56" s="1">
+        <v>4901417722546</v>
+      </c>
+      <c r="B56" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="C56" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="D56" s="1">
+        <v>4901417723949</v>
+      </c>
+      <c r="E56" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F56" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="G56" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7">
+      <c r="A57" s="1">
+        <v>4901417722614</v>
+      </c>
+      <c r="B57" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="C57" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="D57" s="1">
+        <v>4901417724014</v>
+      </c>
+      <c r="E57" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="F57" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="G57" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7">
+      <c r="A58" s="1">
+        <v>4901417722621</v>
+      </c>
+      <c r="B58" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="C58" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="D58" s="1">
+        <v>4901417724021</v>
+      </c>
+      <c r="E58" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F58" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="G58" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7">
+      <c r="A59" s="1">
+        <v>4901417722638</v>
+      </c>
+      <c r="B59" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="C59" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="D59" s="1">
+        <v>4901417724038</v>
+      </c>
+      <c r="E59" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="F59" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="G59" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7">
+      <c r="A60" s="1">
+        <v>4901417722645</v>
+      </c>
+      <c r="B60" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="C60" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="D60" s="1">
+        <v>4901417724045</v>
+      </c>
+      <c r="E60" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="F60" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="G60" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7">
+      <c r="A61" s="1">
+        <v>4901417723338</v>
+      </c>
+      <c r="B61" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="C61" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="D61" s="1">
+        <v>4901417723956</v>
+      </c>
+      <c r="E61" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="F61" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="G61" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7">
+      <c r="A62" s="1">
+        <v>4901417723345</v>
+      </c>
+      <c r="B62" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="C62" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="D62" s="1">
+        <v>4901417723963</v>
+      </c>
+      <c r="E62" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="F62" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="G62" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7">
+      <c r="A63" s="1">
+        <v>4901417723369</v>
+      </c>
+      <c r="B63" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="C63" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="D63" s="1">
+        <v>4901417724069</v>
+      </c>
+      <c r="E63" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="F63" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="G63" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7">
+      <c r="A64" s="1">
+        <v>4582400833700</v>
+      </c>
+      <c r="B64" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="C64" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="G64" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7">
+      <c r="A65" s="1">
+        <v>4995860518047</v>
+      </c>
+      <c r="B65" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="C65" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="G65" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7">
+      <c r="A66" s="1">
+        <v>4525636322747</v>
+      </c>
+      <c r="B66" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="C66" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="G66" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7">
+      <c r="A67" s="1">
+        <v>4902050210490</v>
+      </c>
+      <c r="B67" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="C67" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="G67" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7">
+      <c r="A68" s="1">
+        <v>4977033117240</v>
+      </c>
+      <c r="B68" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="C68" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="G68" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7">
+      <c r="A69" s="1">
+        <v>4595121169454</v>
+      </c>
+      <c r="B69" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="G69" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7">
+      <c r="A70" s="1">
+        <v>4571625540029</v>
+      </c>
+      <c r="B70" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="G70" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7">
+      <c r="A71" s="1">
+        <v>4571625542955</v>
+      </c>
+      <c r="B71" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="G71" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7">
+      <c r="A72" s="1">
+        <v>4571625542962</v>
+      </c>
+      <c r="B72" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="G72" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7">
+      <c r="A73" s="1">
+        <v>4571625542979</v>
+      </c>
+      <c r="B73" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="G73" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7">
+      <c r="A74" s="1">
+        <v>4571625542986</v>
+      </c>
+      <c r="B74" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="G74" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7">
+      <c r="A75" s="1">
+        <v>4595121168730</v>
+      </c>
+      <c r="B75" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="G75" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7">
+      <c r="A76" s="1">
+        <v>4595121169423</v>
+      </c>
+      <c r="B76" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="G76" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7">
+      <c r="A77" s="1">
+        <v>4595121169447</v>
+      </c>
+      <c r="B77" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="G77" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7">
+      <c r="A78" s="1">
+        <v>4595121169461</v>
+      </c>
+      <c r="B78" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="G78" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7">
+      <c r="A79" s="1">
+        <v>4595121169478</v>
+      </c>
+      <c r="B79" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G79" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7">
+      <c r="A80" s="1">
+        <v>4595121169485</v>
+      </c>
+      <c r="B80" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="G80" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7">
+      <c r="A81" s="1">
+        <v>4903301347699</v>
+      </c>
+      <c r="B81" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="C81" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="G81" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="82" spans="1:7">
+      <c r="A82" s="1">
+        <v>4903301347705</v>
+      </c>
+      <c r="B82" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="C82" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="G82" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7">
+      <c r="A83" s="1">
+        <v>4903301347712</v>
+      </c>
+      <c r="B83" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="C83" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="G83" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7">
+      <c r="A84" s="1">
+        <v>4902424448269</v>
+      </c>
+      <c r="B84" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="C84" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="G84" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7">
+      <c r="A85" s="1">
+        <v>4902424448283</v>
+      </c>
+      <c r="B85" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="C85" s="2" t="s">
+        <v>123</v>
+      </c>
+      <c r="G85" t="s">
+        <v>119</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>