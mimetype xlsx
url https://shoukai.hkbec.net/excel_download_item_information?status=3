--- v1 (2026-01-30)
+++ v2 (2026-03-31)
@@ -12,425 +12,599 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="183">
   <si>
     <t>JANコード</t>
   </si>
   <si>
     <t>商品名</t>
   </si>
   <si>
     <t>廃番日</t>
   </si>
   <si>
     <t>後継品JAN</t>
   </si>
   <si>
     <t>後継品商品名</t>
   </si>
   <si>
     <t>後継品発売日</t>
   </si>
   <si>
     <t>情報公開日</t>
   </si>
   <si>
+    <t>ソフィふわごこち無香料３８枚×３個</t>
+  </si>
+  <si>
+    <t>2026年03月20日</t>
+  </si>
+  <si>
+    <t>2026年03月31日</t>
+  </si>
+  <si>
+    <t>シルコット除菌ウェットアルコール替４０枚×３個</t>
+  </si>
+  <si>
+    <t>シルコットアルコール除菌ウェットティッシュ詰替４０枚×３個パック</t>
+  </si>
+  <si>
+    <t>2026年04月07日</t>
+  </si>
+  <si>
+    <t>ライフリー一晩肌あんしん尿とり６回</t>
+  </si>
+  <si>
+    <t>ライフリーズレずに安心紙パンツ専用尿とりパッド６回</t>
+  </si>
+  <si>
+    <t>ライフリーズレずに安心紙パンツ専用尿とりパッド８回</t>
+  </si>
+  <si>
+    <t>ルシード　カラダと頭皮のデオペーパー</t>
+  </si>
+  <si>
+    <t>2026年03月18日</t>
+  </si>
+  <si>
+    <t>消臭元　タバコ用　イオンシトラス</t>
+  </si>
+  <si>
+    <t>2026年03月17日</t>
+  </si>
+  <si>
+    <t>トイレの消臭元　心なごむリラックスアロマ</t>
+  </si>
+  <si>
+    <t>2026年03月16日</t>
+  </si>
+  <si>
+    <t>ネピアＷＥＴＯＭＯ除菌ウエットウイルス除去</t>
+  </si>
+  <si>
+    <t>2026年03月13日</t>
+  </si>
+  <si>
+    <t>除菌　ジョイ　コンパクト　贅沢グレープフルーツの香り　キャップ付き詰替え</t>
+  </si>
+  <si>
+    <t>ＫＦ７０　コンパクトポリ袋７０Ｌ　半透明　０．０１７</t>
+  </si>
+  <si>
+    <t>2026年02月28日</t>
+  </si>
+  <si>
+    <t>ＡＢ４５臭いを防ぐポリ袋　４５Ｌ　白</t>
+  </si>
+  <si>
+    <t>Ｓａｗａｄａｙ　香るＳＴＩＣＫ　パルファム　グリ　詰替え</t>
+  </si>
+  <si>
+    <t>2026年02月26日</t>
+  </si>
+  <si>
+    <t>スマートフォンふきふき２０包</t>
+  </si>
+  <si>
+    <t>Ｓａｗａｄａｙ　香るＳｔｉｃｋ　フルーツ　マスカット＆リーフの香り</t>
+  </si>
+  <si>
+    <t>液体ミューズオリジナルジャンボ詰替</t>
+  </si>
+  <si>
+    <t>2026年03月23日</t>
+  </si>
+  <si>
+    <t>ｈ＆ｓ　モイスチャー　シャンプー　つめかえ</t>
+  </si>
+  <si>
+    <t>ＨＳモイスチャーシャンプーつめかえ</t>
+  </si>
+  <si>
+    <t>2026年03月30日</t>
+  </si>
+  <si>
+    <t>マイクロファイバータオルホワイト２０枚入り</t>
+  </si>
+  <si>
+    <t>2026年03月12日</t>
+  </si>
+  <si>
+    <t>アリエールジェルボール４Ｄ　微香　本体　１２個</t>
+  </si>
+  <si>
+    <t>アリエール　ジェルボール　プロ　部屋干し用　本体</t>
+  </si>
+  <si>
+    <t>2026年03月11日</t>
+  </si>
+  <si>
+    <t>アリエールジェルボールプロ部屋干し＆スポーツ本体</t>
+  </si>
+  <si>
+    <t>2026年04月20日</t>
+  </si>
+  <si>
+    <t>アリエール　ジェルボール　プロ　本体</t>
+  </si>
+  <si>
+    <t>アリエールジェルボールプロ本体</t>
+  </si>
+  <si>
+    <t>ボールド　ジェルボール４Ｄ　華やかおひさまとプレミアムブロッサムの香り　本体</t>
+  </si>
+  <si>
+    <t>ボールドジェルボール４Ｄ華やかおひさまとプレミアムブロッサムの香り本体</t>
+  </si>
+  <si>
+    <t>トイレの消臭元　ふんわり清潔せっけん</t>
+  </si>
+  <si>
+    <t>2026年02月16日</t>
+  </si>
+  <si>
+    <t>トイレの消臭元　爽やかはじけるレモン</t>
+  </si>
+  <si>
+    <t>トイレの消臭元　もぎたて白桃</t>
+  </si>
+  <si>
+    <t>トイレの消臭元　心がなごむ炭の香り</t>
+  </si>
+  <si>
+    <t>トイレの消臭元　幸せはこぶフェアリーローズ</t>
+  </si>
+  <si>
+    <t>お部屋の消臭元　カモミール＆アロマの香り</t>
+  </si>
+  <si>
+    <t>トイレの消臭元　癒やしをはこぶキンモクセイ</t>
+  </si>
+  <si>
+    <t>お部屋の消臭元　癒やしをはこぶキンモクセイ</t>
+  </si>
+  <si>
+    <t>ブルーレット　スタンピー　除菌　フレグランス　フレグランスソープ</t>
+  </si>
+  <si>
+    <t>ブルーレット　スタンピー　除菌　フレグランス　フレグランスソープ　つけ替用</t>
+  </si>
+  <si>
+    <t>お部屋の消臭元　幸せはこぶフェアリーローズ</t>
+  </si>
+  <si>
+    <t>お部屋の消臭元　心がなごむ炭の香り</t>
+  </si>
+  <si>
+    <t>お部屋の消臭元　やすらぎそよぐラベンダー</t>
+  </si>
+  <si>
+    <t>お部屋の消臭元　もぎたて白桃</t>
+  </si>
+  <si>
+    <t>お部屋の消臭元　ふんわり清潔せっけん</t>
+  </si>
+  <si>
+    <t>ブルーレットおくだけ　つめ替　ピンクソープ　２５ＭＬ</t>
+  </si>
+  <si>
+    <t>トイレの消臭元　カモミール＆アロマの香り</t>
+  </si>
+  <si>
+    <t>液体ブルーレット　おくだけ　除菌ＥＸ　スーパーアクアソープの香り</t>
+  </si>
+  <si>
+    <t>カルビー　ポテトチップス　除菌アルコールウェットティシュ</t>
+  </si>
+  <si>
+    <t>2026年02月10日</t>
+  </si>
+  <si>
+    <t>シュミテクト　やさしく歯周ケアハブラシ３次元フィット　薄型コンパクト（やわらかめ）</t>
+  </si>
+  <si>
+    <t>シュミテクト　やさしく歯周ケアハブラシ３Ｄフィット設計　薄型超コンパクト（やわらかめ）</t>
+  </si>
+  <si>
+    <t>2026年03月10日</t>
+  </si>
+  <si>
+    <t>抗菌ビタットレギュラーモンポケおやすみタイム</t>
+  </si>
+  <si>
+    <t>Ｔｉ‐ｉｎａ　フェイシャルフォーム　泡洗顔料</t>
+  </si>
+  <si>
+    <t>ポリデントカップ</t>
+  </si>
+  <si>
+    <t>ポリデント　カップ</t>
+  </si>
+  <si>
+    <t>2026年04月02日</t>
+  </si>
+  <si>
+    <t>怪獣８号　ソフトパックティシュ１００組</t>
+  </si>
+  <si>
+    <t>ちいかわ　フェイシャルソフトパックティシュ１２０組</t>
+  </si>
+  <si>
+    <t>アニメちいかわ　フェイシャルソフトパックティシュ</t>
+  </si>
+  <si>
+    <t>2026年04月03日</t>
+  </si>
+  <si>
+    <t>薬泉めぐり</t>
+  </si>
+  <si>
+    <t>リラックマ</t>
+  </si>
+  <si>
+    <t>リラックマ　レギュラーポケットティシュ</t>
+  </si>
+  <si>
+    <t>2026年09月03日</t>
+  </si>
+  <si>
+    <t>ランドリースクラバー　固形洗剤</t>
+  </si>
+  <si>
+    <t>オーガニックコットン綿棒</t>
+  </si>
+  <si>
+    <t>コットン・ラボ　オーガニック綿棒</t>
+  </si>
+  <si>
+    <t>2026年04月01日</t>
+  </si>
+  <si>
+    <t>ヤシノミ洗剤　詰替え　２回分</t>
+  </si>
+  <si>
+    <t>ヤシノミ洗剤　野菜・食器用　詰替用</t>
+  </si>
+  <si>
+    <t>2026年03月04日</t>
+  </si>
+  <si>
+    <t>ヤシノミ洗剤　ポンプ</t>
+  </si>
+  <si>
+    <t>ヤシノミ洗剤　野菜・食器用　本体</t>
+  </si>
+  <si>
+    <t>ヤシノミ洗剤　詰替用</t>
+  </si>
+  <si>
+    <t>ヤシノミ洗剤　詰替え　３回分</t>
+  </si>
+  <si>
+    <t>新ポリグリップ　プレミアムプラス　長時間安定＆噛む力ＥＸ</t>
+  </si>
+  <si>
+    <t>2026年02月03日</t>
+  </si>
+  <si>
+    <t>セーフ発芽玄米食器洗剤本体</t>
+  </si>
+  <si>
+    <t>モイストハンドクリーム　すっきりピーチの香り</t>
+  </si>
+  <si>
+    <t>2026年02月27日</t>
+  </si>
+  <si>
+    <t>モイストハンドクリーム　無香料</t>
+  </si>
+  <si>
+    <t>ヴィーナス　うるもち肌　ココナッツの香り　替刃</t>
+  </si>
+  <si>
+    <t>ヴィーナスうるツヤ肌敏感肌むけ３枚刃替刃３Ｂ</t>
+  </si>
+  <si>
+    <t>2026年03月02日</t>
+  </si>
+  <si>
+    <t>レノアアロマジュエル　ブルーミングブロッサムの香り　詰替え　超特大サイズ</t>
+  </si>
+  <si>
+    <t>2026年02月13日</t>
+  </si>
+  <si>
+    <t>レノアアロマジュエル　パステルフローラル＆ブロッサムの香り　詰替え　超特大サイズ</t>
+  </si>
+  <si>
+    <t>レノアアロマジュエル　アンティークローズ＆フローラルの香り　詰替え　特大サイズ</t>
+  </si>
+  <si>
+    <t>レノアアロマジュエル　パステルフローラル＆ブロッサムの香り　詰替え　特大サイズ</t>
+  </si>
+  <si>
+    <t>ファブリーズ　玄関用消臭剤　フレンチ・リネン＆ジャスミン　詰替え</t>
+  </si>
+  <si>
+    <t>ファブリーズ　玄関用消臭剤　フレンチ・リネン＆ジャスミン　本体＋詰替え</t>
+  </si>
+  <si>
+    <t>ファブリーズ　玄関用消臭剤＋抗菌　フレンチリネン＆ソープ　本体</t>
+  </si>
+  <si>
+    <t>ファブリーズ　玄関用消臭剤＋抗菌　フレンチリネン＆ソープ　本体＋詰替え</t>
+  </si>
+  <si>
+    <t>ファブリーズ　玄関用消臭剤　ホワイト・ティー＆リリー　本体＋詰替え</t>
+  </si>
+  <si>
+    <t>ファブリーズ　玄関用消臭剤　ホワイト・ティー＆リリー　詰替え</t>
+  </si>
+  <si>
+    <t>ファブリーズ　トイレ用消臭剤　ベルガモットウッド　本体＋詰替え２個パック</t>
+  </si>
+  <si>
+    <t>ファブリーズ　トイレ用消臭剤　ホワイトフローラル　本体＋詰替え２個パック</t>
+  </si>
+  <si>
+    <t>ファブリーズ　トイレ用消臭剤　パッションアンバー　本体＋詰替え２個パック</t>
+  </si>
+  <si>
+    <t>温泡こだわりゆず炭酸湯ほっこりゆず１錠</t>
+  </si>
+  <si>
+    <t>2026年03月09日</t>
+  </si>
+  <si>
+    <t>ギャツビー　フェイシャルウォッシュ　パーフェクトスクラブ</t>
+  </si>
+  <si>
+    <t>2026年03月05日</t>
+  </si>
+  <si>
+    <t>ロッシモイストエイド　馬油スキンクリーム</t>
+  </si>
+  <si>
     <t>キチントさん　クッキングシート</t>
   </si>
   <si>
-    <t>2026年02月28日</t>
+    <t>ラクッチョ（Ｒａｋｕｃｈｏ）クッキングシート　Ｌ</t>
+  </si>
+  <si>
+    <t>牛乳ブランドシェービングクリーム</t>
+  </si>
+  <si>
+    <t>2026年02月05日</t>
+  </si>
+  <si>
+    <t>ボールドジェルボール４Ｄ心弾けるシトラス＆ヴァーベナの香り本体</t>
+  </si>
+  <si>
+    <t>2025年09月29日</t>
+  </si>
+  <si>
+    <t>ボールド　ジェルボール４Ｄ　ホワイトティー＆フローラルの香り　本体</t>
+  </si>
+  <si>
+    <t>スコッティ消毒アルコール４０枚＊３Ｐ</t>
+  </si>
+  <si>
+    <t>アリエール　ジェルボールプロパワー超抗菌　本体</t>
+  </si>
+  <si>
+    <t>2026年04月17日</t>
+  </si>
+  <si>
+    <t>アース　虫よけネットＥＸ　１６０日用</t>
+  </si>
+  <si>
+    <t>アース　虫よけネットＥＸ　２６０日用</t>
+  </si>
+  <si>
+    <t>アース虫よけネットＥＸ　１年用</t>
+  </si>
+  <si>
+    <t>アース　虫よけネットＥＸ　玄関用　２６０日用</t>
+  </si>
+  <si>
+    <t>おすだけコバエアーススプレー　６０回分</t>
+  </si>
+  <si>
+    <t>虫よけパッチα　シールタイプ　ミッキー＆ミニー</t>
+  </si>
+  <si>
+    <t>アースコバエ１プッシュ式スプレー　スピードスター　６０回分</t>
+  </si>
+  <si>
+    <t>マモルーム　蚊に効く吊るだけプレート　７カ月用</t>
+  </si>
+  <si>
+    <t>アースコバエ　ゴミ箱用　シトラスミントの香り</t>
+  </si>
+  <si>
+    <t>バポナ　あみ戸に貼るだけ　２６０日用</t>
+  </si>
+  <si>
+    <t>キッチンテープ　５０ｍｍ</t>
+  </si>
+  <si>
+    <t>キッチンテープ　７０ｍｍ</t>
+  </si>
+  <si>
+    <t>ギャツビー　フェイシャルペーパー　アイスタイプ　せっけんの香り</t>
+  </si>
+  <si>
+    <t>ギャツビー　ＥＸプレミアムタイプ　デオドラントスプレー　無香料</t>
+  </si>
+  <si>
+    <t>ギャツビー　クレイジークール　ボディウォーター　アイスアイスシトラス</t>
+  </si>
+  <si>
+    <t>ソフラン　プレミアム消臭　アロマソープの香り　本体</t>
+  </si>
+  <si>
+    <t>ソフラン　プレミアム消臭　アロマソープの香り　ウルトラジャンボ</t>
+  </si>
+  <si>
+    <t>ｈ＆ｓ　ｆｏｒｍｅｎ　スカルプゴールド　コンディショナー　詰替　３００Ｇ</t>
+  </si>
+  <si>
+    <t>2026年03月27日</t>
+  </si>
+  <si>
+    <t>ｈ＆ｓ　ｆｏｒｍｅｎ　スカルプゴールド　シャンプー　詰替　３００ＭＬ</t>
+  </si>
+  <si>
+    <t>ＨＳＦＯＲＭＥＮリフレッシュＥＸコンディショナーつめかえ</t>
+  </si>
+  <si>
+    <t>ｈ＆ｓ　モイスチャー　コンディショナー　つめかえ</t>
+  </si>
+  <si>
+    <t>ＨＳモイスチャーコンディショナーつめかえ</t>
+  </si>
+  <si>
+    <t>ｈ＆ｓ　５ｉｎ１　コンデイショナー　詰替え</t>
+  </si>
+  <si>
+    <t>ＨＳシトラスオイルコントロールコンディショナーつめかえ特大サイズ１．５倍</t>
+  </si>
+  <si>
+    <t>トイレの消臭元　心やすらぐスパフラワー</t>
+  </si>
+  <si>
+    <t>消臭元　無香料</t>
+  </si>
+  <si>
+    <t>トイレの消臭元　気分すっきりボタニカルハーブ</t>
+  </si>
+  <si>
+    <t>トイレの消臭元　ＰＲＯ　便臭ストロング　フレッシュＥＸクリア</t>
+  </si>
+  <si>
+    <t>レノアハピネス　夢ふわタッチ　ウォームコットン＆すずらんの香り　超特大サイズ</t>
+  </si>
+  <si>
+    <t>レノアハピネス夢ふわタッチホワイトブーケ＆リネンの香り詰替用超特大サイズ</t>
+  </si>
+  <si>
+    <t>レノアハピネス　夢ふわタッチ　ウォームコットン＆すずらんの香り　特大サイズ</t>
+  </si>
+  <si>
+    <t>レノアハピネス夢ふわタッチホワイトブーケ＆リネンの香り詰替用特大サイズ</t>
+  </si>
+  <si>
+    <t>レノアハピネス　夢ふわタッチ　ウォームコットン＆すずらんの香り　詰替え　増量サイズ</t>
+  </si>
+  <si>
+    <t>レノアハピネス夢ふわタッチホワイトブーケ＆リネンの香り詰替増量サイズ</t>
+  </si>
+  <si>
+    <t>サラサーティＳａｒａ・ｌｉ・ｅ　Ｔバックショーツ用</t>
+  </si>
+  <si>
+    <t>サラサーティコットン１００Ｔバックショーツ用</t>
+  </si>
+  <si>
+    <t>2026年03月25日</t>
+  </si>
+  <si>
+    <t>ボールド　ジェルボール４Ｄ　爽やかおひさまとフレッシュサボンの香り　本体</t>
+  </si>
+  <si>
+    <t>2026年03月06日</t>
+  </si>
+  <si>
+    <t>ボールドジェルボール４Ｄ爽やかおひさまとフレッシュサボンの香り本体</t>
+  </si>
+  <si>
+    <t>カウブランド　赤箱</t>
+  </si>
+  <si>
+    <t>2026年03月03日</t>
+  </si>
+  <si>
+    <t>カウブランド　赤箱　３コパック</t>
+  </si>
+  <si>
+    <t>パンパース　通気性プラス　パンツ　ビッグサイズ</t>
+  </si>
+  <si>
+    <t>パンパース超吸収エアリー</t>
   </si>
   <si>
     <t>2026年01月27日</t>
   </si>
   <si>
-    <t>クルマの消臭力　Ｐｒｅｍｉｕｍ　Ａｒｏｍａ　ゲルタイプ　グレイスボーテ</t>
-[...341 lines deleted...]
-    <t>ドラデスパワー速効プレミアム</t>
+    <t>水着素材の接触冷感マスク　ＦＩＴＭＡＳＫホワイト　Ｍ　２枚</t>
+  </si>
+  <si>
+    <t>2025年10月09日</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -736,1353 +910,1972 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G85"/>
+  <dimension ref="A1:G117"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="F63" sqref="F63"/>
+      <selection activeCell="F116" sqref="F116"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="1"/>
-    <col min="2" max="2" width="95.405" bestFit="true" customWidth="true" style="2"/>
+    <col min="2" max="2" width="97.833" bestFit="true" customWidth="true" style="2"/>
     <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="2"/>
     <col min="4" max="4" width="16.425" bestFit="true" customWidth="true" style="1"/>
-    <col min="5" max="5" width="78.981" bestFit="true" customWidth="true" style="2"/>
+    <col min="5" max="5" width="102.546" bestFit="true" customWidth="true" style="2"/>
     <col min="6" max="6" width="17.567" bestFit="true" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="1">
-        <v>4901422324452</v>
+        <v>4903111317509</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>8</v>
       </c>
       <c r="G2" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="1">
-        <v>4901070129560</v>
+        <v>4903111487202</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>8</v>
       </c>
+      <c r="D3" s="1">
+        <v>4903111020812</v>
+      </c>
+      <c r="E3" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="F3" s="2" t="s">
+        <v>12</v>
+      </c>
       <c r="G3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="1">
-        <v>4901070130603</v>
+        <v>4903111540662</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>8</v>
       </c>
       <c r="G4" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="1">
-        <v>4901070131631</v>
+        <v>4903111543953</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>8</v>
       </c>
       <c r="G5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="1">
-        <v>4901070131655</v>
+        <v>4903111544493</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="G6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="1">
-        <v>4901070722433</v>
+        <v>4902806487718</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="G7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="1">
-        <v>4901422335694</v>
+        <v>4987072063866</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="G8" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="1">
-        <v>4901422335687</v>
+        <v>4987072029701</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="1">
-        <v>4901422335670</v>
+        <v>4901121697598</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="G10" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="1">
-        <v>4901422325657</v>
+        <v>4987176239051</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="G11" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="1">
-        <v>4901422325633</v>
+        <v>4580287320801</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="G12" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="1">
-        <v>4906156037920</v>
+        <v>4580287323147</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="G13" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="1">
-        <v>4901422325626</v>
+        <v>4987072052501</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="G14" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="1">
-        <v>4901422324469</v>
+        <v>4987072058763</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="G15" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="1">
-        <v>4987176263377</v>
+        <v>4987072087985</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="G16" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="1">
-        <v>4987176242259</v>
+        <v>4906156801224</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="G17" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="1">
-        <v>4987176263483</v>
+        <v>4987176143112</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
+      </c>
+      <c r="D18" s="1">
+        <v>4987176370440</v>
+      </c>
+      <c r="E18" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="F18" s="2" t="s">
+        <v>36</v>
       </c>
       <c r="G18" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="1">
-        <v>4987176263445</v>
+        <v>4582559941851</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="G19" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="1">
-        <v>4987176263469</v>
+        <v>4987176062307</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="G20" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="1">
-        <v>4987176263506</v>
+        <v>4987176284471</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>24</v>
+        <v>41</v>
+      </c>
+      <c r="D21" s="1">
+        <v>4987176369963</v>
+      </c>
+      <c r="E21" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="F21" s="2" t="s">
+        <v>43</v>
       </c>
       <c r="G21" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="1">
-        <v>4987176273185</v>
+        <v>4987176284648</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>24</v>
+        <v>41</v>
+      </c>
+      <c r="D22" s="1">
+        <v>4987176369734</v>
+      </c>
+      <c r="E22" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="F22" s="2" t="s">
+        <v>43</v>
       </c>
       <c r="G22" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="1">
-        <v>4987176273208</v>
+        <v>4987176292377</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>24</v>
+        <v>41</v>
+      </c>
+      <c r="D23" s="1">
+        <v>4987176362919</v>
+      </c>
+      <c r="E23" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F23" s="2" t="s">
+        <v>36</v>
       </c>
       <c r="G23" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="1">
-        <v>4987176242198</v>
+        <v>4987072029626</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>24</v>
+        <v>49</v>
       </c>
       <c r="G24" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="1">
-        <v>4987176273215</v>
+        <v>4987072029633</v>
       </c>
       <c r="B25" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="C25" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="G25" t="s">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="1">
-        <v>4987176228673</v>
+        <v>4987072029640</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>34</v>
+        <v>51</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>24</v>
+        <v>49</v>
       </c>
       <c r="G26" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="1">
-        <v>4987176293985</v>
+        <v>4987072029664</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>35</v>
+        <v>52</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>24</v>
+        <v>49</v>
       </c>
       <c r="G27" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="1">
-        <v>4987176293992</v>
+        <v>4987072029695</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>36</v>
+        <v>53</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>24</v>
+        <v>49</v>
       </c>
       <c r="G28" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="1">
-        <v>4987176242136</v>
+        <v>4987072032060</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>37</v>
+        <v>54</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>24</v>
+        <v>49</v>
       </c>
       <c r="G29" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="1">
-        <v>4987176263490</v>
+        <v>4987072054987</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>38</v>
+        <v>55</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>24</v>
+        <v>49</v>
       </c>
       <c r="G30" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="1">
-        <v>4987176294012</v>
+        <v>4987072055021</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>39</v>
+        <v>56</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>24</v>
+        <v>49</v>
       </c>
       <c r="G31" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="1">
-        <v>4987176242143</v>
+        <v>4987072056967</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>24</v>
+        <v>49</v>
       </c>
       <c r="G32" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="1">
-        <v>4987115521605</v>
+        <v>4987072056981</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>41</v>
+        <v>58</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="G33" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="1">
-        <v>4902407024718</v>
+        <v>4987072061794</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>43</v>
+        <v>59</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="G34" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="1">
-        <v>4902424452051</v>
+        <v>4987072068489</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="G35" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="1">
-        <v>4902424435726</v>
+        <v>4987072068922</v>
       </c>
       <c r="B36" s="2" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="G36" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="1">
-        <v>4987176278111</v>
+        <v>4987072068939</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="G37" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="1">
-        <v>4906156501445</v>
+        <v>4987072068946</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>49</v>
+        <v>63</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="G38" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="1">
-        <v>4901559213483</v>
+        <v>4987072087817</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>51</v>
+        <v>64</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="G39" t="s">
-        <v>9</v>
+        <v>33</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="1">
-        <v>4570118048530</v>
+        <v>4987072092606</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="G40" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="1">
-        <v>4975810180111</v>
+        <v>4987072093085</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="G41" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="1">
-        <v>4524963011010</v>
+        <v>4570118198730</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="G42" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="1">
-        <v>4548514153233</v>
+        <v>4901080732415</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>61</v>
+        <v>9</v>
+      </c>
+      <c r="D43" s="1">
+        <v>4987977001369</v>
+      </c>
+      <c r="E43" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="F43" s="2" t="s">
+        <v>71</v>
       </c>
       <c r="G43" t="s">
-        <v>59</v>
+        <v>21</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="1">
-        <v>4548514154452</v>
+        <v>4562384607764</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>63</v>
+        <v>36</v>
       </c>
       <c r="G44" t="s">
-        <v>59</v>
+        <v>21</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="1">
-        <v>4548514154544</v>
+        <v>4982757915225</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>65</v>
+        <v>36</v>
       </c>
       <c r="G45" t="s">
-        <v>59</v>
+        <v>21</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="1">
-        <v>4548514157149</v>
+        <v>4901080724212</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>65</v>
+        <v>71</v>
+      </c>
+      <c r="D46" s="1">
+        <v>4987977001642</v>
+      </c>
+      <c r="E46" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="F46" s="2" t="s">
+        <v>76</v>
       </c>
       <c r="G46" t="s">
-        <v>59</v>
+        <v>21</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="1">
-        <v>4548514062184</v>
+        <v>4570118042132</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>67</v>
+        <v>77</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>68</v>
+        <v>26</v>
       </c>
       <c r="G47" t="s">
-        <v>59</v>
+        <v>21</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" s="1">
-        <v>4548514062238</v>
+        <v>4570118124449</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>68</v>
+        <v>26</v>
+      </c>
+      <c r="D48" s="1">
+        <v>4582769936784</v>
+      </c>
+      <c r="E48" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="F48" s="2" t="s">
+        <v>80</v>
       </c>
       <c r="G48" t="s">
-        <v>59</v>
+        <v>21</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" s="1">
-        <v>4548514062177</v>
+        <v>4901080309815</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>70</v>
+        <v>81</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>71</v>
+        <v>26</v>
       </c>
       <c r="G49" t="s">
-        <v>59</v>
+        <v>21</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" s="1">
-        <v>4901417723352</v>
+        <v>4901988100057</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>73</v>
+        <v>26</v>
       </c>
       <c r="D50" s="1">
-        <v>4901417724052</v>
+        <v>4901988000227</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="G50" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" s="1">
-        <v>4901417615718</v>
+        <v>4902135020129</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>73</v>
-[...8 lines deleted...]
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="G51" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" s="1">
-        <v>4901417615725</v>
+        <v>4973202604924</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>77</v>
+        <v>86</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>73</v>
+        <v>26</v>
       </c>
       <c r="D52" s="1">
-        <v>4901417619464</v>
+        <v>4973202501407</v>
       </c>
       <c r="E52" s="2" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>74</v>
+        <v>88</v>
       </c>
       <c r="G52" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" s="1">
-        <v>4901417722515</v>
+        <v>4973512309953</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>78</v>
+        <v>89</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>73</v>
+        <v>26</v>
       </c>
       <c r="D53" s="1">
-        <v>4901417723918</v>
+        <v>4973512309304</v>
       </c>
       <c r="E53" s="2" t="s">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>74</v>
+        <v>91</v>
       </c>
       <c r="G53" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="1">
-        <v>4901417722522</v>
+        <v>4973512320460</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>80</v>
+        <v>92</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>73</v>
+        <v>26</v>
       </c>
       <c r="D54" s="1">
-        <v>4901417723925</v>
+        <v>4973512309298</v>
       </c>
       <c r="E54" s="2" t="s">
-        <v>81</v>
+        <v>93</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>74</v>
+        <v>91</v>
       </c>
       <c r="G54" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" s="1">
-        <v>4901417722539</v>
+        <v>4973512320477</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>82</v>
+        <v>94</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>73</v>
-[...8 lines deleted...]
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="G55" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" s="1">
-        <v>4901417722546</v>
+        <v>4973512320484</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>73</v>
+        <v>26</v>
       </c>
       <c r="D56" s="1">
-        <v>4901417723949</v>
+        <v>4973512309311</v>
       </c>
       <c r="E56" s="2" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>74</v>
+        <v>91</v>
       </c>
       <c r="G56" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="1">
-        <v>4901417722614</v>
+        <v>4987977000836</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>73</v>
+        <v>26</v>
       </c>
       <c r="D57" s="1">
-        <v>4901417724014</v>
+        <v>4987977001185</v>
       </c>
       <c r="E57" s="2" t="s">
-        <v>87</v>
+        <v>96</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>74</v>
+        <v>97</v>
       </c>
       <c r="G57" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" s="1">
-        <v>4901417722621</v>
+        <v>4987977000843</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>73</v>
+        <v>26</v>
       </c>
       <c r="D58" s="1">
-        <v>4901417724021</v>
+        <v>4987977001192</v>
       </c>
       <c r="E58" s="2" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>74</v>
+        <v>97</v>
       </c>
       <c r="G58" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" s="1">
-        <v>4901417722638</v>
+        <v>8801051231861</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>73</v>
-[...8 lines deleted...]
-        <v>74</v>
+        <v>26</v>
       </c>
       <c r="G59" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" s="1">
-        <v>4901417722645</v>
+        <v>4901180108103</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>73</v>
-[...8 lines deleted...]
-        <v>74</v>
+        <v>100</v>
       </c>
       <c r="G60" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" s="1">
-        <v>4901417723338</v>
+        <v>4901180108202</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>73</v>
-[...8 lines deleted...]
-        <v>74</v>
+        <v>100</v>
       </c>
       <c r="G61" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" s="1">
-        <v>4901417723345</v>
+        <v>4987176160317</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>73</v>
+        <v>100</v>
       </c>
       <c r="D62" s="1">
-        <v>4901417723963</v>
+        <v>4987176362308</v>
       </c>
       <c r="E62" s="2" t="s">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>74</v>
+        <v>104</v>
       </c>
       <c r="G62" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" s="1">
-        <v>4901417723369</v>
+        <v>4987176228673</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>73</v>
-[...8 lines deleted...]
-        <v>74</v>
+        <v>106</v>
       </c>
       <c r="G63" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" s="1">
-        <v>4582400833700</v>
+        <v>4987176242136</v>
       </c>
       <c r="B64" s="2" t="s">
-        <v>97</v>
+        <v>107</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>56</v>
+        <v>106</v>
       </c>
       <c r="G64" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" s="1">
-        <v>4995860518047</v>
+        <v>4987176242143</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="G65" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" s="1">
-        <v>4525636322747</v>
+        <v>4987176242198</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="G66" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" s="1">
-        <v>4902050210490</v>
+        <v>4987176263377</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="G67" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" s="1">
-        <v>4977033117240</v>
+        <v>4987176263445</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="G68" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" s="1">
-        <v>4595121169454</v>
+        <v>4987176263469</v>
       </c>
       <c r="B69" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="C69" s="2" t="s">
         <v>106</v>
       </c>
       <c r="G69" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" s="1">
-        <v>4571625540029</v>
+        <v>4987176263483</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>107</v>
+        <v>113</v>
+      </c>
+      <c r="C70" s="2" t="s">
+        <v>106</v>
       </c>
       <c r="G70" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" s="1">
-        <v>4571625542955</v>
+        <v>4987176263490</v>
       </c>
       <c r="B71" s="2" t="s">
-        <v>108</v>
+        <v>114</v>
+      </c>
+      <c r="C71" s="2" t="s">
+        <v>106</v>
       </c>
       <c r="G71" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" s="1">
-        <v>4571625542962</v>
+        <v>4987176263506</v>
       </c>
       <c r="B72" s="2" t="s">
-        <v>109</v>
+        <v>115</v>
+      </c>
+      <c r="C72" s="2" t="s">
+        <v>106</v>
       </c>
       <c r="G72" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" s="1">
-        <v>4571625542979</v>
+        <v>4987176273185</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>110</v>
+        <v>116</v>
+      </c>
+      <c r="C73" s="2" t="s">
+        <v>106</v>
       </c>
       <c r="G73" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" s="1">
-        <v>4571625542986</v>
+        <v>4987176273208</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>111</v>
+        <v>117</v>
+      </c>
+      <c r="C74" s="2" t="s">
+        <v>106</v>
       </c>
       <c r="G74" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" s="1">
-        <v>4595121168730</v>
+        <v>4987176273215</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>112</v>
+        <v>118</v>
+      </c>
+      <c r="C75" s="2" t="s">
+        <v>106</v>
       </c>
       <c r="G75" t="s">
-        <v>75</v>
+        <v>21</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" s="1">
-        <v>4595121169423</v>
+        <v>4901080556318</v>
       </c>
       <c r="B76" s="2" t="s">
-        <v>113</v>
+        <v>119</v>
+      </c>
+      <c r="C76" s="2" t="s">
+        <v>120</v>
       </c>
       <c r="G76" t="s">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" s="1">
-        <v>4595121169447</v>
+        <v>4902806470642</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>114</v>
+        <v>121</v>
+      </c>
+      <c r="C77" s="2" t="s">
+        <v>122</v>
       </c>
       <c r="G77" t="s">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" s="1">
-        <v>4595121169461</v>
+        <v>4936201107742</v>
       </c>
       <c r="B78" s="2" t="s">
-        <v>115</v>
+        <v>123</v>
+      </c>
+      <c r="C78" s="2" t="s">
+        <v>91</v>
       </c>
       <c r="G78" t="s">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" s="1">
-        <v>4595121169478</v>
+        <v>4901422324452</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>116</v>
+        <v>124</v>
+      </c>
+      <c r="C79" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="D79" s="1">
+        <v>4901422324537</v>
+      </c>
+      <c r="E79" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="F79" s="2" t="s">
+        <v>104</v>
       </c>
       <c r="G79" t="s">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" s="1">
-        <v>4595121169485</v>
+        <v>4901525694018</v>
       </c>
       <c r="B80" s="2" t="s">
-        <v>117</v>
+        <v>126</v>
+      </c>
+      <c r="C80" s="2" t="s">
+        <v>127</v>
       </c>
       <c r="G80" t="s">
-        <v>75</v>
+        <v>120</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" s="1">
-        <v>4903301347699</v>
+        <v>4987176292858</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>44</v>
+        <v>129</v>
+      </c>
+      <c r="D81" s="1">
+        <v>4987176336293</v>
+      </c>
+      <c r="E81" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="F81" s="2" t="s">
+        <v>129</v>
       </c>
       <c r="G81" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" s="1">
-        <v>4903301347705</v>
+        <v>4901750771270</v>
       </c>
       <c r="B82" s="2" t="s">
-        <v>120</v>
+        <v>131</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
       <c r="G82" t="s">
-        <v>119</v>
+        <v>104</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" s="1">
-        <v>4903301347712</v>
+        <v>4987176284426</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>121</v>
+        <v>132</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>44</v>
+        <v>133</v>
       </c>
       <c r="G83" t="s">
-        <v>119</v>
+        <v>49</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" s="1">
-        <v>4902424448269</v>
+        <v>4901080016515</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>122</v>
+        <v>134</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>123</v>
+        <v>9</v>
       </c>
       <c r="G84" t="s">
-        <v>119</v>
+        <v>49</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" s="1">
-        <v>4902424448283</v>
+        <v>4901080016713</v>
       </c>
       <c r="B85" s="2" t="s">
-        <v>124</v>
+        <v>135</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>123</v>
+        <v>9</v>
       </c>
       <c r="G85" t="s">
-        <v>119</v>
+        <v>49</v>
+      </c>
+    </row>
+    <row r="86" spans="1:7">
+      <c r="A86" s="1">
+        <v>4901080017116</v>
+      </c>
+      <c r="B86" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="C86" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="G86" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="87" spans="1:7">
+      <c r="A87" s="1">
+        <v>4901080017413</v>
+      </c>
+      <c r="B87" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="C87" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="G87" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="88" spans="1:7">
+      <c r="A88" s="1">
+        <v>4901080024015</v>
+      </c>
+      <c r="B88" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="C88" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="G88" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="89" spans="1:7">
+      <c r="A89" s="1">
+        <v>4901080037114</v>
+      </c>
+      <c r="B89" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="C89" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="G89" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="90" spans="1:7">
+      <c r="A90" s="1">
+        <v>4901080148414</v>
+      </c>
+      <c r="B90" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="C90" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="G90" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="91" spans="1:7">
+      <c r="A91" s="1">
+        <v>4901080222916</v>
+      </c>
+      <c r="B91" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="C91" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="G91" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="92" spans="1:7">
+      <c r="A92" s="1">
+        <v>4901080235916</v>
+      </c>
+      <c r="B92" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="C92" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="G92" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="93" spans="1:7">
+      <c r="A93" s="1">
+        <v>4901080277213</v>
+      </c>
+      <c r="B93" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="C93" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="G93" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="94" spans="1:7">
+      <c r="A94" s="1">
+        <v>4901987224013</v>
+      </c>
+      <c r="B94" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="C94" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="G94" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7">
+      <c r="A95" s="1">
+        <v>4901987224020</v>
+      </c>
+      <c r="B95" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="C95" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="G95" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="96" spans="1:7">
+      <c r="A96" s="1">
+        <v>4902806112641</v>
+      </c>
+      <c r="B96" s="2" t="s">
+        <v>146</v>
+      </c>
+      <c r="C96" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="G96" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="97" spans="1:7">
+      <c r="A97" s="1">
+        <v>4902806127850</v>
+      </c>
+      <c r="B97" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="C97" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="G97" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="98" spans="1:7">
+      <c r="A98" s="1">
+        <v>4902806387841</v>
+      </c>
+      <c r="B98" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="C98" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="G98" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="99" spans="1:7">
+      <c r="A99" s="1">
+        <v>4903301363606</v>
+      </c>
+      <c r="B99" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="C99" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="G99" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="100" spans="1:7">
+      <c r="A100" s="1">
+        <v>4903301363651</v>
+      </c>
+      <c r="B100" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="C100" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="G100" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="101" spans="1:7">
+      <c r="A101" s="1">
+        <v>4902430744966</v>
+      </c>
+      <c r="B101" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="C101" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="G101" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="102" spans="1:7">
+      <c r="A102" s="1">
+        <v>4902430744973</v>
+      </c>
+      <c r="B102" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="C102" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="D102" s="1">
+        <v>4987176370822</v>
+      </c>
+      <c r="E102" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="F102" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="G102" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="103" spans="1:7">
+      <c r="A103" s="1">
+        <v>4987176143044</v>
+      </c>
+      <c r="B103" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="C103" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="D103" s="1">
+        <v>4987176370457</v>
+      </c>
+      <c r="E103" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="F103" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="G103" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="104" spans="1:7">
+      <c r="A104" s="1">
+        <v>4987176243317</v>
+      </c>
+      <c r="B104" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="C104" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="D104" s="1">
+        <v>4987176370631</v>
+      </c>
+      <c r="E104" s="2" t="s">
+        <v>158</v>
+      </c>
+      <c r="F104" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="G104" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="105" spans="1:7">
+      <c r="A105" s="1">
+        <v>4987072029671</v>
+      </c>
+      <c r="B105" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="C105" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G105" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="106" spans="1:7">
+      <c r="A106" s="1">
+        <v>4987072051160</v>
+      </c>
+      <c r="B106" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="C106" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G106" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="107" spans="1:7">
+      <c r="A107" s="1">
+        <v>4987072056530</v>
+      </c>
+      <c r="B107" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="C107" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G107" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="108" spans="1:7">
+      <c r="A108" s="1">
+        <v>4987072096758</v>
+      </c>
+      <c r="B108" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="C108" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G108" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="109" spans="1:7">
+      <c r="A109" s="1">
+        <v>4987176285355</v>
+      </c>
+      <c r="B109" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="C109" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D109" s="1">
+        <v>4987176350367</v>
+      </c>
+      <c r="E109" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="F109" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G109" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="110" spans="1:7">
+      <c r="A110" s="1">
+        <v>4987176285362</v>
+      </c>
+      <c r="B110" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="C110" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D110" s="1">
+        <v>4987176350350</v>
+      </c>
+      <c r="E110" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="F110" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G110" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="111" spans="1:7">
+      <c r="A111" s="1">
+        <v>4987176285416</v>
+      </c>
+      <c r="B111" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="C111" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D111" s="1">
+        <v>4987176350336</v>
+      </c>
+      <c r="E111" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="F111" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G111" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="112" spans="1:7">
+      <c r="A112" s="1">
+        <v>4987072013106</v>
+      </c>
+      <c r="B112" s="2" t="s">
+        <v>169</v>
+      </c>
+      <c r="C112" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="D112" s="1">
+        <v>4987072101551</v>
+      </c>
+      <c r="E112" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="F112" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="G112" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="113" spans="1:7">
+      <c r="A113" s="1">
+        <v>4987176292384</v>
+      </c>
+      <c r="B113" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="C113" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="D113" s="1">
+        <v>4987176362896</v>
+      </c>
+      <c r="E113" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="F113" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="G113" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="114" spans="1:7">
+      <c r="A114" s="1">
+        <v>4901525010900</v>
+      </c>
+      <c r="B114" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="C114" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="D114" s="1">
+        <v>4901525012997</v>
+      </c>
+      <c r="E114" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="F114" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="G114" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="115" spans="1:7">
+      <c r="A115" s="1">
+        <v>4901525012423</v>
+      </c>
+      <c r="B115" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="C115" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="D115" s="1">
+        <v>4901525013000</v>
+      </c>
+      <c r="E115" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="F115" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="G115" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="116" spans="1:7">
+      <c r="A116" s="1">
+        <v>4987176238894</v>
+      </c>
+      <c r="B116" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="C116" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D116" s="1">
+        <v>4987176377968</v>
+      </c>
+      <c r="E116" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="F116" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G116" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="117" spans="1:7">
+      <c r="A117" s="1">
+        <v>4582527716788</v>
+      </c>
+      <c r="B117" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="C117" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G117" t="s">
+        <v>182</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>